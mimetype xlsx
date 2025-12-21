--- v0 (2025-10-11)
+++ v1 (2025-12-21)
@@ -522,101 +522,101 @@
       </c>
       <c r="E5" t="s">
         <v>8</v>
       </c>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5" t="s">
         <v>8</v>
       </c>
       <c r="H5" t="s">
         <v>9</v>
       </c>
       <c r="I5" t="s">
         <v>8</v>
       </c>
       <c r="J5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6">
-        <v>249</v>
+        <v>303</v>
       </c>
       <c r="C6">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D6">
-        <v>188</v>
+        <v>235</v>
       </c>
       <c r="E6">
         <v>2</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="H6">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
-        <v>430</v>
+        <v>490</v>
       </c>
       <c r="C7">
-        <v>157</v>
+        <v>182</v>
       </c>
       <c r="D7">
-        <v>255</v>
+        <v>285</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H7">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I7">
         <v>3</v>
       </c>
       <c r="J7">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>