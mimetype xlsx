--- v1 (2025-12-21)
+++ v2 (2026-02-09)
@@ -522,98 +522,98 @@
       </c>
       <c r="E5" t="s">
         <v>8</v>
       </c>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5" t="s">
         <v>8</v>
       </c>
       <c r="H5" t="s">
         <v>9</v>
       </c>
       <c r="I5" t="s">
         <v>8</v>
       </c>
       <c r="J5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6">
-        <v>303</v>
+        <v>334</v>
       </c>
       <c r="C6">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D6">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="E6">
+        <v>3</v>
+      </c>
+      <c r="F6">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="H6">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C7">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="D7">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="E7">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H7">
         <v>9</v>
       </c>
       <c r="I7">
         <v>3</v>
       </c>
       <c r="J7">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>