--- v2 (2026-02-09)
+++ v3 (2026-03-27)
@@ -456,51 +456,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="2.285" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="2.285" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="B4" t="s">
         <v>3</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
@@ -522,95 +522,95 @@
       </c>
       <c r="E5" t="s">
         <v>8</v>
       </c>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5" t="s">
         <v>8</v>
       </c>
       <c r="H5" t="s">
         <v>9</v>
       </c>
       <c r="I5" t="s">
         <v>8</v>
       </c>
       <c r="J5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6">
-        <v>334</v>
+        <v>355</v>
       </c>
       <c r="C6">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D6">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="E6">
         <v>3</v>
       </c>
       <c r="F6">
         <v>2</v>
       </c>
       <c r="G6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H6">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
-        <v>513</v>
+        <v>535</v>
       </c>
       <c r="C7">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="D7">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7">
         <v>9</v>
       </c>
       <c r="I7">
         <v>3</v>
       </c>
       <c r="J7">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
   </mergeCells>