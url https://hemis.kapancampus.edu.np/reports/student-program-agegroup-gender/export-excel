--- v0 (2025-10-11)
+++ v1 (2025-12-21)
@@ -490,51 +490,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="O7" sqref="O7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
@@ -605,134 +605,134 @@
       <c r="J5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="N5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="O5" s="2"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D6" s="2">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E6" s="2">
         <v>0</v>
       </c>
       <c r="F6" s="2">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G6" s="2">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="K6" s="2">
         <v>0</v>
       </c>
       <c r="L6" s="2">
         <v>19</v>
       </c>
       <c r="M6" s="2">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="N6" s="2">
         <v>0</v>
       </c>
       <c r="O6" s="4">
-        <v>238</v>
+        <v>292</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="2">
         <v>2</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="D7" s="2">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E7" s="2">
         <v>0</v>
       </c>
       <c r="F7" s="2">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="G7" s="2">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2">
         <v>2</v>
       </c>
       <c r="J7" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K7" s="2">
         <v>0</v>
       </c>
       <c r="L7" s="2">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M7" s="2">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N7" s="2">
         <v>0</v>
       </c>
       <c r="O7" s="4">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:N3"/>
     <mergeCell ref="O3:O5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>