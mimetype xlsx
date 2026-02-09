--- v1 (2025-12-21)
+++ v2 (2026-02-09)
@@ -605,134 +605,134 @@
       <c r="J5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="N5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="O5" s="2"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="2">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D6" s="2">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="E6" s="2">
         <v>0</v>
       </c>
       <c r="F6" s="2">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G6" s="2">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J6" s="2">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="K6" s="2">
         <v>0</v>
       </c>
       <c r="L6" s="2">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="M6" s="2">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="N6" s="2">
         <v>0</v>
       </c>
       <c r="O6" s="4">
-        <v>292</v>
+        <v>323</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="2">
         <v>2</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D7" s="2">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E7" s="2">
         <v>0</v>
       </c>
       <c r="F7" s="2">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G7" s="2">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J7" s="2">
         <v>7</v>
       </c>
       <c r="K7" s="2">
         <v>0</v>
       </c>
       <c r="L7" s="2">
         <v>83</v>
       </c>
       <c r="M7" s="2">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N7" s="2">
         <v>0</v>
       </c>
       <c r="O7" s="4">
-        <v>420</v>
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:N3"/>
     <mergeCell ref="O3:O5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>