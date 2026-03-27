--- v2 (2026-02-09)
+++ v3 (2026-03-27)
@@ -605,134 +605,134 @@
       <c r="J5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="N5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="O5" s="2"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D6" s="2">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E6" s="2">
         <v>0</v>
       </c>
       <c r="F6" s="2">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G6" s="2">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2">
         <v>4</v>
       </c>
       <c r="J6" s="2">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="K6" s="2">
         <v>0</v>
       </c>
       <c r="L6" s="2">
         <v>16</v>
       </c>
       <c r="M6" s="2">
         <v>66</v>
       </c>
       <c r="N6" s="2">
         <v>0</v>
       </c>
       <c r="O6" s="4">
-        <v>323</v>
+        <v>343</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="2">
         <v>2</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" s="2">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E7" s="2">
         <v>0</v>
       </c>
       <c r="F7" s="2">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="G7" s="2">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J7" s="2">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K7" s="2">
         <v>0</v>
       </c>
       <c r="L7" s="2">
         <v>83</v>
       </c>
       <c r="M7" s="2">
         <v>138</v>
       </c>
       <c r="N7" s="2">
         <v>0</v>
       </c>
       <c r="O7" s="4">
-        <v>443</v>
+        <v>459</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:N3"/>
     <mergeCell ref="O3:O5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>