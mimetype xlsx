--- v0 (2025-10-11)
+++ v1 (2026-02-09)
@@ -55,51 +55,51 @@
   <si>
     <t>Local Level</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bachelor</t>
   </si>
   <si>
     <t>Management</t>
   </si>
   <si>
     <t>BBS</t>
   </si>
   <si>
     <t>Umakunda</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>B.Ed.</t>
   </si>
   <si>
-    <t>Turmakhad</t>
+    <t>Udayapurgadhi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -463,51 +463,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E6" sqref="E6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>4</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
@@ -522,59 +522,59 @@
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B4"/>
     <mergeCell ref="B5:B5"/>
     <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 