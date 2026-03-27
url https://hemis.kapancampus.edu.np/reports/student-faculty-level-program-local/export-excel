--- v1 (2026-02-09)
+++ v2 (2026-03-27)
@@ -14,92 +14,89 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Faculty Level Program Local" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>Kapan Multiple Campus</t>
   </si>
   <si>
     <t>Faculty Level Program Local</t>
   </si>
   <si>
     <t>Level</t>
   </si>
   <si>
     <t>Program</t>
   </si>
   <si>
     <t>Faculty</t>
   </si>
   <si>
     <t>Local Level</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bachelor</t>
   </si>
   <si>
     <t>Management</t>
   </si>
   <si>
     <t>BBS</t>
   </si>
   <si>
     <t>Umakunda</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>B.Ed.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Udayapurgadhi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -463,51 +460,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E6" sqref="E6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>4</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
@@ -519,51 +516,51 @@
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="1">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B4"/>
     <mergeCell ref="B5:B5"/>
     <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>