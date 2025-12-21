--- v0 (2025-10-11)
+++ v1 (2025-12-21)
@@ -480,85 +480,85 @@
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="2">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C4" s="2">
-        <v>197</v>
+        <v>246</v>
       </c>
       <c r="D4" s="2">
-        <v>249</v>
+        <v>303</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="2">
-        <v>163</v>
+        <v>190</v>
       </c>
       <c r="C5" s="2">
-        <v>267</v>
+        <v>300</v>
       </c>
       <c r="D5" s="2">
-        <v>430</v>
+        <v>490</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="2">
-        <v>215</v>
+        <v>247</v>
       </c>
       <c r="C6" s="2">
-        <v>464</v>
+        <v>546</v>
       </c>
       <c r="D6" s="2">
-        <v>679</v>
+        <v>793</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>