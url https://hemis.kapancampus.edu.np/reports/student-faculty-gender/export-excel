--- v1 (2025-12-21)
+++ v2 (2026-02-09)
@@ -480,85 +480,85 @@
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="2">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C4" s="2">
-        <v>246</v>
+        <v>271</v>
       </c>
       <c r="D4" s="2">
-        <v>303</v>
+        <v>334</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="2">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="C5" s="2">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="D5" s="2">
-        <v>490</v>
+        <v>513</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="2">
-        <v>247</v>
+        <v>262</v>
       </c>
       <c r="C6" s="2">
-        <v>546</v>
+        <v>585</v>
       </c>
       <c r="D6" s="2">
-        <v>793</v>
+        <v>847</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>