--- v2 (2026-02-09)
+++ v3 (2026-03-27)
@@ -480,85 +480,85 @@
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="2">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C4" s="2">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="D4" s="2">
-        <v>334</v>
+        <v>355</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="2">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="C5" s="2">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="D5" s="2">
-        <v>513</v>
+        <v>535</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="2">
-        <v>262</v>
+        <v>279</v>
       </c>
       <c r="C6" s="2">
-        <v>585</v>
+        <v>611</v>
       </c>
       <c r="D6" s="2">
-        <v>847</v>
+        <v>890</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>