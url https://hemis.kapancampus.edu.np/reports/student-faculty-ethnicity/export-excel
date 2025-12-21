--- v0 (2025-10-11)
+++ v1 (2025-12-21)
@@ -510,103 +510,103 @@
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="2"/>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2">
-        <v>236</v>
+        <v>288</v>
       </c>
       <c r="C5" s="2">
         <v>3</v>
       </c>
       <c r="D5" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E5" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F5" s="2">
-        <v>249</v>
+        <v>303</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="2">
-        <v>412</v>
+        <v>467</v>
       </c>
       <c r="C6" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D6" s="2">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E6" s="2">
         <v>8</v>
       </c>
       <c r="F6" s="2">
-        <v>430</v>
+        <v>490</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="2">
-        <v>648</v>
+        <v>755</v>
       </c>
       <c r="C7" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D7" s="2">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E7" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F7" s="2">
-        <v>679</v>
+        <v>793</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:F3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>