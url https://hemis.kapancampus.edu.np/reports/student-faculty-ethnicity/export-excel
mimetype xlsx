--- v1 (2025-12-21)
+++ v2 (2026-02-09)
@@ -510,103 +510,103 @@
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="2"/>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2">
-        <v>288</v>
+        <v>315</v>
       </c>
       <c r="C5" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D5" s="2">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E5" s="2">
         <v>3</v>
       </c>
       <c r="F5" s="2">
-        <v>303</v>
+        <v>334</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="2">
-        <v>467</v>
+        <v>487</v>
       </c>
       <c r="C6" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D6" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E6" s="2">
         <v>8</v>
       </c>
       <c r="F6" s="2">
-        <v>490</v>
+        <v>513</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="2">
-        <v>755</v>
+        <v>802</v>
       </c>
       <c r="C7" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D7" s="2">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E7" s="2">
         <v>11</v>
       </c>
       <c r="F7" s="2">
-        <v>793</v>
+        <v>847</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:F3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>