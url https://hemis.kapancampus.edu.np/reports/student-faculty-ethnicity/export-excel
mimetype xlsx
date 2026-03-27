--- v2 (2026-02-09)
+++ v3 (2026-03-27)
@@ -510,103 +510,103 @@
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="2"/>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2">
-        <v>315</v>
+        <v>331</v>
       </c>
       <c r="C5" s="2">
         <v>5</v>
       </c>
       <c r="D5" s="2">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E5" s="2">
         <v>3</v>
       </c>
       <c r="F5" s="2">
-        <v>334</v>
+        <v>355</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="2">
-        <v>487</v>
+        <v>507</v>
       </c>
       <c r="C6" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D6" s="2">
         <v>15</v>
       </c>
       <c r="E6" s="2">
         <v>8</v>
       </c>
       <c r="F6" s="2">
-        <v>513</v>
+        <v>535</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="2">
-        <v>802</v>
+        <v>838</v>
       </c>
       <c r="C7" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D7" s="2">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E7" s="2">
         <v>11</v>
       </c>
       <c r="F7" s="2">
-        <v>847</v>
+        <v>890</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:F3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>