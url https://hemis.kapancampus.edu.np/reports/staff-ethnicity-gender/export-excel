--- v0 (2025-10-11)
+++ v1 (2026-03-27)
@@ -451,54 +451,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I11"/>
+  <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I11" sqref="I11"/>
+      <selection activeCell="I6" sqref="I6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3"/>
@@ -538,219 +538,74 @@
       </c>
       <c r="C5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="B6" s="2">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="C6" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D6" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E6" s="2">
         <v>0</v>
       </c>
       <c r="F6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2">
-        <v>0</v>
-[...143 lines deleted...]
-      <c r="I11" s="2">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="H4:I4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>