--- v0 (2025-10-11)
+++ v1 (2026-03-27)
@@ -14,142 +14,268 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Dropout Students Report" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Kapan Multiple Campus
 Staff Detail Information Report
 Academic Year: 2082/83</t>
   </si>
   <si>
     <t>Staff Name</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Qualification</t>
   </si>
   <si>
     <t>Job Type</t>
   </si>
   <si>
     <t>Date of joining</t>
   </si>
   <si>
+    <t>Test Teacher</t>
+  </si>
+  <si>
+    <t>Professor</t>
+  </si>
+  <si>
+    <t>Not Set</t>
+  </si>
+  <si>
+    <t>Virginia Jack Cunningham Vaughan</t>
+  </si>
+  <si>
+    <t>Asst. Lecturer/Teaching Assistant</t>
+  </si>
+  <si>
+    <t>Part-Time</t>
+  </si>
+  <si>
+    <t>2082-02-01</t>
+  </si>
+  <si>
+    <t>Demo Test</t>
+  </si>
+  <si>
+    <t>First Class</t>
+  </si>
+  <si>
+    <t>Masters</t>
+  </si>
+  <si>
+    <t>Permanent</t>
+  </si>
+  <si>
+    <t>2082-01-15</t>
+  </si>
+  <si>
+    <t>Saurab Rijal</t>
+  </si>
+  <si>
+    <t>Temporary</t>
+  </si>
+  <si>
+    <t>Anamika Adhikari</t>
+  </si>
+  <si>
+    <t>Buddhi Bahadur KC</t>
+  </si>
+  <si>
+    <t>Ms. Bandana Shrestha</t>
+  </si>
+  <si>
+    <t>Admin</t>
+  </si>
+  <si>
     <t>Second Class</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
-    <t>Permanent</t>
-[...8 lines deleted...]
-    <t>Temporary</t>
+    <t>Samjhana Khadka</t>
   </si>
   <si>
     <t>MBS</t>
   </si>
   <si>
+    <t>Rupak Chalese</t>
+  </si>
+  <si>
+    <t>Babita Dahal</t>
+  </si>
+  <si>
+    <t>Nirmala Devi Dhakal (Neupane)</t>
+  </si>
+  <si>
+    <t>MEd</t>
+  </si>
+  <si>
+    <t>Mrs. Tara Karki</t>
+  </si>
+  <si>
+    <t>M.Ed., MA</t>
+  </si>
+  <si>
+    <t>Contract</t>
+  </si>
+  <si>
+    <t>Mrs. Kalpana Khanal</t>
+  </si>
+  <si>
+    <t>M.Ed.</t>
+  </si>
+  <si>
+    <t>Mrs. Chameli Khatri</t>
+  </si>
+  <si>
     <t>Literate</t>
   </si>
   <si>
-    <t>First Class</t>
-[...2 lines deleted...]
-    <t>2082-01-15</t>
+    <t>Dal Bdr. Khatri</t>
+  </si>
+  <si>
+    <t>Mrs. Rita Mainali Thapaliya</t>
+  </si>
+  <si>
+    <t>B.Ed.</t>
+  </si>
+  <si>
+    <t>Ms. Pratigya Khadka</t>
+  </si>
+  <si>
+    <t>BBS</t>
+  </si>
+  <si>
+    <t>Mrs. Bhagawoti Karki</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>Ms. Ashmita Chhetri</t>
+  </si>
+  <si>
+    <t>Mr. Dilip Tamang</t>
+  </si>
+  <si>
+    <t>Mrs. Sarmila Barakoti</t>
+  </si>
+  <si>
+    <t>Mr. Krishna Psd. Bhandari</t>
+  </si>
+  <si>
+    <t>Mr. Sagar Chandra Ghimire</t>
+  </si>
+  <si>
+    <t>Ms. Nirmala Devi Dhakal</t>
+  </si>
+  <si>
+    <t>Ms. Indira Subedi</t>
+  </si>
+  <si>
+    <t>Mr. Dilli Ram Adhikari</t>
+  </si>
+  <si>
+    <t>Mr. Jagadish Karki</t>
+  </si>
+  <si>
+    <t>Mr.Kaushal Neupane</t>
+  </si>
+  <si>
+    <t>Tej Kumari Lamichhane</t>
+  </si>
+  <si>
+    <t>Ms. Sudha Mainali</t>
+  </si>
+  <si>
+    <t>Mr. Bharat Bdr. Bhandari</t>
+  </si>
+  <si>
+    <t>Mr. Bishnu Panta</t>
+  </si>
+  <si>
+    <t>Mr. Basu Dev Guragain</t>
+  </si>
+  <si>
+    <t>Mr. Bashudev Dhungel</t>
   </si>
   <si>
     <t>MA, B.Ed. BL</t>
   </si>
   <si>
-    <t>Contract</t>
-[...2 lines deleted...]
-    <t>M.Ed.</t>
+    <t>Ms. Rita Bhandari</t>
+  </si>
+  <si>
+    <t>Mr. Khagendra Bdr. Bist</t>
+  </si>
+  <si>
+    <t>M.Ed., Mphil, MA</t>
+  </si>
+  <si>
+    <t>Mr. Yam Bdr. Kunwar</t>
+  </si>
+  <si>
+    <t>M.Ed., MPhil</t>
+  </si>
+  <si>
+    <t>Mr. Anil Sigdel</t>
+  </si>
+  <si>
+    <t>Ms. Upama Pokharel</t>
+  </si>
+  <si>
+    <t>Mr. Bhumidatta Poudel</t>
   </si>
   <si>
     <t>MPhil</t>
-  </si>
-[...28 lines deleted...]
-    <t>2082-02-01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -541,535 +667,701 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E39"/>
+  <dimension ref="A1:E45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E39" sqref="E39"/>
+      <selection activeCell="E45" sqref="E45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="33.333333333333" customWidth="true" style="0"/>
     <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="180">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:5">
-      <c r="A5" s="2"/>
+      <c r="A5" s="2" t="s">
+        <v>6</v>
+      </c>
       <c r="B5" s="2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="C5" s="2" t="s">
         <v>7</v>
       </c>
+      <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="2"/>
     </row>
     <row r="6" spans="1:5">
-      <c r="A6" s="2"/>
+      <c r="A6" s="2" t="s">
+        <v>9</v>
+      </c>
       <c r="B6" s="2" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="E6" s="2"/>
+      <c r="E6" s="2" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="7" spans="1:5">
-      <c r="A7" s="2"/>
+      <c r="A7" s="2" t="s">
+        <v>13</v>
+      </c>
       <c r="B7" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E7" s="2"/>
+        <v>16</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="8" spans="1:5">
-      <c r="A8" s="2"/>
+      <c r="A8" s="2" t="s">
+        <v>18</v>
+      </c>
       <c r="B8" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E8" s="2"/>
     </row>
     <row r="9" spans="1:5">
-      <c r="A9" s="2"/>
+      <c r="A9" s="2" t="s">
+        <v>20</v>
+      </c>
       <c r="B9" s="2" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E9" s="2"/>
     </row>
     <row r="10" spans="1:5">
-      <c r="A10" s="2"/>
+      <c r="A10" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="B10" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="2"/>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="2"/>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="2"/>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" s="2"/>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" s="2"/>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" s="2"/>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" s="2"/>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E17" s="2"/>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E18" s="2"/>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E19" s="2"/>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" s="2"/>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="2" t="s">
-[...27 lines deleted...]
-      <c r="C12" s="2" t="s">
+      <c r="C21" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D12" s="2" t="s">
-[...22 lines deleted...]
-      <c r="C14" s="2" t="s">
+      <c r="E21" s="2"/>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="2" t="s">
-[...105 lines deleted...]
-      </c>
       <c r="E22" s="2"/>
     </row>
     <row r="23" spans="1:5">
-      <c r="A23" s="2"/>
+      <c r="A23" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="B23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E23" s="2"/>
     </row>
     <row r="24" spans="1:5">
-      <c r="A24" s="2"/>
+      <c r="A24" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="B24" s="2" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="E24" s="2"/>
     </row>
     <row r="25" spans="1:5">
-      <c r="A25" s="2"/>
+      <c r="A25" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="B25" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E25" s="2"/>
     </row>
     <row r="26" spans="1:5">
-      <c r="A26" s="2"/>
+      <c r="A26" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="B26" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E26" s="2"/>
     </row>
     <row r="27" spans="1:5">
-      <c r="A27" s="2"/>
+      <c r="A27" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="B27" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E27" s="2"/>
     </row>
     <row r="28" spans="1:5">
-      <c r="A28" s="2"/>
+      <c r="A28" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="B28" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E28" s="2"/>
     </row>
     <row r="29" spans="1:5">
-      <c r="A29" s="2"/>
+      <c r="A29" s="2" t="s">
+        <v>51</v>
+      </c>
       <c r="B29" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="E29" s="2"/>
     </row>
     <row r="30" spans="1:5">
-      <c r="A30" s="2"/>
+      <c r="A30" s="2" t="s">
+        <v>52</v>
+      </c>
       <c r="B30" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="E30" s="2"/>
     </row>
     <row r="31" spans="1:5">
-      <c r="A31" s="2"/>
+      <c r="A31" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="B31" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="2"/>
     </row>
     <row r="32" spans="1:5">
-      <c r="A32" s="2"/>
+      <c r="A32" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="B32" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E32" s="2"/>
     </row>
     <row r="33" spans="1:5">
-      <c r="A33" s="2"/>
+      <c r="A33" s="2" t="s">
+        <v>55</v>
+      </c>
       <c r="B33" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E33" s="2"/>
     </row>
     <row r="34" spans="1:5">
-      <c r="A34" s="2"/>
+      <c r="A34" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="B34" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E34" s="2"/>
     </row>
     <row r="35" spans="1:5">
-      <c r="A35" s="2"/>
+      <c r="A35" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="B35" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E35" s="2"/>
     </row>
     <row r="36" spans="1:5">
-      <c r="A36" s="2"/>
+      <c r="A36" s="2" t="s">
+        <v>58</v>
+      </c>
       <c r="B36" s="2" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>10</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="E36" s="2"/>
     </row>
     <row r="37" spans="1:5">
-      <c r="A37" s="2"/>
+      <c r="A37" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="B37" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="E37" s="2"/>
     </row>
     <row r="38" spans="1:5">
-      <c r="A38" s="2"/>
+      <c r="A38" s="2" t="s">
+        <v>60</v>
+      </c>
       <c r="B38" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>10</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="E38" s="2"/>
     </row>
     <row r="39" spans="1:5">
-      <c r="A39" s="2"/>
+      <c r="A39" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="B39" s="2" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C39" s="2"/>
+        <v>10</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>62</v>
+      </c>
       <c r="D39" s="2" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="E39" s="2"/>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E40" s="2"/>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E41" s="2"/>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E42" s="2"/>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="A43" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E43" s="2"/>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E44" s="2"/>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E45" s="2"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A4:A4"/>
     <mergeCell ref="B4:B4"/>
     <mergeCell ref="C4:C4"/>
     <mergeCell ref="D4:D4"/>
     <mergeCell ref="E4:E4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>