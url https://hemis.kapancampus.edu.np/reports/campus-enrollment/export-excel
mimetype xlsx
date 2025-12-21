--- v0 (2025-10-11)
+++ v1 (2025-12-21)
@@ -591,145 +591,145 @@
       </c>
       <c r="H6" t="s">
         <v>9</v>
       </c>
       <c r="I6" t="s">
         <v>10</v>
       </c>
       <c r="J6" t="s">
         <v>9</v>
       </c>
       <c r="K6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="2">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E7" s="2">
-        <v>188</v>
+        <v>235</v>
       </c>
       <c r="F7" s="2">
         <v>2</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>2</v>
       </c>
       <c r="I7" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L7" s="2">
-        <v>249</v>
+        <v>303</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="2"/>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="2">
-        <v>157</v>
+        <v>182</v>
       </c>
       <c r="E8" s="2">
-        <v>255</v>
+        <v>285</v>
       </c>
       <c r="F8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H8" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I8" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="J8" s="2">
         <v>3</v>
       </c>
       <c r="K8" s="2">
         <v>5</v>
       </c>
       <c r="L8" s="2">
-        <v>430</v>
+        <v>490</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2">
-        <v>205</v>
+        <v>235</v>
       </c>
       <c r="E9" s="2">
-        <v>443</v>
+        <v>520</v>
       </c>
       <c r="F9" s="2">
         <v>2</v>
       </c>
       <c r="G9" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H9" s="2">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I9" s="2">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="J9" s="2">
         <v>3</v>
       </c>
       <c r="K9" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L9" s="2">
-        <v>679</v>
+        <v>793</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="C4:C6"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="A7:A8"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="B8:B8"/>
     <mergeCell ref="A9:C9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>