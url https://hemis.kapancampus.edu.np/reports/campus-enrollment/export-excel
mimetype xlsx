--- v1 (2025-12-21)
+++ v2 (2026-02-09)
@@ -591,145 +591,145 @@
       </c>
       <c r="H6" t="s">
         <v>9</v>
       </c>
       <c r="I6" t="s">
         <v>10</v>
       </c>
       <c r="J6" t="s">
         <v>9</v>
       </c>
       <c r="K6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="2">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="E7" s="2">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="F7" s="2">
+        <v>3</v>
+      </c>
+      <c r="G7" s="2">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>2</v>
       </c>
       <c r="I7" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2">
         <v>3</v>
       </c>
       <c r="L7" s="2">
-        <v>303</v>
+        <v>334</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="2"/>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="2">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="E8" s="2">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="F8" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G8" s="2">
         <v>1</v>
       </c>
       <c r="H8" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I8" s="2">
         <v>9</v>
       </c>
       <c r="J8" s="2">
         <v>3</v>
       </c>
       <c r="K8" s="2">
         <v>5</v>
       </c>
       <c r="L8" s="2">
-        <v>490</v>
+        <v>513</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="E9" s="2">
-        <v>520</v>
+        <v>556</v>
       </c>
       <c r="F9" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G9" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H9" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I9" s="2">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="J9" s="2">
         <v>3</v>
       </c>
       <c r="K9" s="2">
         <v>8</v>
       </c>
       <c r="L9" s="2">
-        <v>793</v>
+        <v>847</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="C4:C6"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="A7:A8"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="B8:B8"/>
     <mergeCell ref="A9:C9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>