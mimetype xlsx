--- v2 (2026-02-09)
+++ v3 (2026-03-27)
@@ -591,145 +591,145 @@
       </c>
       <c r="H6" t="s">
         <v>9</v>
       </c>
       <c r="I6" t="s">
         <v>10</v>
       </c>
       <c r="J6" t="s">
         <v>9</v>
       </c>
       <c r="K6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="2">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E7" s="2">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="F7" s="2">
         <v>3</v>
       </c>
       <c r="G7" s="2">
         <v>2</v>
       </c>
       <c r="H7" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I7" s="2">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2">
         <v>3</v>
       </c>
       <c r="L7" s="2">
-        <v>334</v>
+        <v>355</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="2"/>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="2">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="E8" s="2">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="F8" s="2">
         <v>2</v>
       </c>
       <c r="G8" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H8" s="2">
         <v>6</v>
       </c>
       <c r="I8" s="2">
         <v>9</v>
       </c>
       <c r="J8" s="2">
         <v>3</v>
       </c>
       <c r="K8" s="2">
         <v>5</v>
       </c>
       <c r="L8" s="2">
-        <v>513</v>
+        <v>535</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="E9" s="2">
-        <v>556</v>
+        <v>576</v>
       </c>
       <c r="F9" s="2">
         <v>5</v>
       </c>
       <c r="G9" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H9" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I9" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="J9" s="2">
         <v>3</v>
       </c>
       <c r="K9" s="2">
         <v>8</v>
       </c>
       <c r="L9" s="2">
-        <v>847</v>
+        <v>890</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="C4:C6"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="A7:A8"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="B8:B8"/>
     <mergeCell ref="A9:C9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>